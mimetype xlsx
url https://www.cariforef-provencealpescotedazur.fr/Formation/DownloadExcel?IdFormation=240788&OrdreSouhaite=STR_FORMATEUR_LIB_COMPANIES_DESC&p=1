--- v0 (2026-03-28)
+++ v1 (2026-03-28)
@@ -173,78 +173,78 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>07/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2028 00:00:00</x:t>
   </x:si>
@@ -909,51 +909,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>549942</x:v>
+        <x:v>576750</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
@@ -968,51 +968,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>576750</x:v>
+        <x:v>576751</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1025,51 +1025,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>576751</x:v>
+        <x:v>576752</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1084,51 +1084,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>576752</x:v>
+        <x:v>576753</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1141,51 +1141,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>576753</x:v>
+        <x:v>549942</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35295</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">