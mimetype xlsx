--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat spécialisé</x:t>
   </x:si>
   <x:si>
-    <x:t>OGE Cour Maintenon</x:t>
+    <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Henri Leroy</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
@@ -878,54 +878,54 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>455444</x:v>
+        <x:v>507266</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>25</x:v>
@@ -939,54 +939,54 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>507266</x:v>
+        <x:v>455444</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>34606</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>