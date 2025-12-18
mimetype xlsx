--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -185,51 +185,51 @@
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Henri Leroy</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>OGE Cour Maintenon</x:t>
+    <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>