--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -182,66 +182,66 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée du Val d'Argens</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Amiral de Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -896,51 +896,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>565598</x:v>
+        <x:v>556327</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>24</x:v>
@@ -957,51 +957,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>556327</x:v>
+        <x:v>565598</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1129,57 +1129,57 @@
       <x:c r="H7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>