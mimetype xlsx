--- v0 (2025-11-07)
+++ v1 (2025-12-31)
@@ -173,51 +173,51 @@
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion hôtel restaurant bar</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Arène</x:t>
   </x:si>
   <x:si>
     <x:t>04200</x:t>
   </x:si>
   <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
-    <x:t>08/04/2026 00:00:00</x:t>
+    <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">