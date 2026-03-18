--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -161,78 +161,78 @@
   <x:si>
     <x:t>Prise de vue Photographie</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse image</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -810,51 +810,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>46280</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>578302</x:v>
+        <x:v>578299</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
@@ -1014,51 +1014,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>46280</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>578299</x:v>
+        <x:v>578302</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>