--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -167,51 +167,51 @@
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance industrielle</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Libre de Métiers</x:t>
+    <x:t>Ogec des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>