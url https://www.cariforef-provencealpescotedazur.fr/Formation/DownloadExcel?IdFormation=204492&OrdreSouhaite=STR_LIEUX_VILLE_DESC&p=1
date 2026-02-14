--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -1023,57 +1023,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>511026</x:v>
+        <x:v>608169</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>26</x:v>
@@ -1144,57 +1144,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>608169</x:v>
+        <x:v>511026</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>26</x:v>
@@ -1205,57 +1205,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>556404</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1265,57 +1265,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>511027</x:v>
+        <x:v>556404</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>26</x:v>