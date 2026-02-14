--- v0 (2025-12-25)
+++ v1 (2026-02-14)
@@ -167,78 +167,78 @@
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat gestion PME PMI</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Raynouard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
@@ -842,51 +842,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>511027</x:v>
+        <x:v>511028</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -963,51 +963,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>511028</x:v>
+        <x:v>511027</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1075,57 +1075,57 @@
       <x:c r="H6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>556404</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -1135,60 +1135,60 @@
       <x:c r="H7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>556403</x:v>
+        <x:v>556401</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>24</x:v>
@@ -1196,60 +1196,60 @@
       <x:c r="H8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>556401</x:v>
+        <x:v>556403</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1326,51 +1326,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>607810</x:v>
+        <x:v>608168</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1386,51 +1386,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>608168</x:v>
+        <x:v>607810</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>24</x:v>
@@ -1438,120 +1438,120 @@
       <x:c r="H12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>607825</x:v>
+        <x:v>608169</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38363</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>35007</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>608169</x:v>
+        <x:v>607825</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 