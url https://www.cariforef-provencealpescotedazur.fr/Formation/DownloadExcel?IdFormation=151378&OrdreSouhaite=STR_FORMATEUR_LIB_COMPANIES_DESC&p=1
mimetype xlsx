--- v0 (2025-10-29)
+++ v1 (2026-02-02)
@@ -170,51 +170,51 @@
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
-    <x:t>LUYNES</x:t>
+    <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -801,51 +801,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>584141</x:v>
+        <x:v>613041</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>