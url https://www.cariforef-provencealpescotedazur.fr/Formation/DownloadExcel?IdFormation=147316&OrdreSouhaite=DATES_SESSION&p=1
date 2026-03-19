--- v0 (2025-12-20)
+++ v1 (2026-03-19)
@@ -155,63 +155,63 @@
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Dc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2018 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVIGNON</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -792,51 +792,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>177058</x:v>
+        <x:v>177057</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
@@ -894,51 +894,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>177057</x:v>
+        <x:v>177058</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>33</x:v>