--- v0 (2025-12-19)
+++ v1 (2026-03-20)
@@ -853,51 +853,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>587887</x:v>
+        <x:v>550631</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
@@ -910,51 +910,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>550631</x:v>
+        <x:v>587887</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>