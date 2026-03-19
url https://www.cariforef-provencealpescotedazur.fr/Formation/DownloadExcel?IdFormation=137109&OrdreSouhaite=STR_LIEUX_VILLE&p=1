--- v0 (2025-12-20)
+++ v1 (2026-03-19)
@@ -844,107 +844,107 @@
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>224323</x:v>
+        <x:v>177071</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>177071</x:v>
+        <x:v>224323</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>