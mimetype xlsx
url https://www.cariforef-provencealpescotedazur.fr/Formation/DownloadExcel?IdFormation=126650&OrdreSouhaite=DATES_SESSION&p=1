--- v0 (2025-12-23)
+++ v1 (2026-02-14)
@@ -920,51 +920,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>580038</x:v>
+        <x:v>542311</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -977,51 +977,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>542311</x:v>
+        <x:v>580038</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">